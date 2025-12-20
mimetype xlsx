--- v0 (2025-10-30)
+++ v1 (2025-12-20)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PI1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="26">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="28">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>UKUPNO POSLOVNE JEDINICE I PRIHVATNI UREĐAJI NA TERITORIJU REPUBLIKE HRVATSKE - 2025. godina
 </t>
   </si>
   <si>
     <t>na dan: 31.01.</t>
   </si>
   <si>
     <t>na dan: 28.02.</t>
   </si>
   <si>
     <t>na dan: 31.03.</t>
@@ -81,63 +81,69 @@
   <si>
     <t>na dan: 31.08.</t>
   </si>
   <si>
     <t>na dan: 30.09.</t>
   </si>
   <si>
     <t>na dan: 31.10.</t>
   </si>
   <si>
     <t>na dan: 30.11.</t>
   </si>
   <si>
     <t>na dan: 31.12.</t>
   </si>
   <si>
     <t> Poslovne jedinice</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Bankomat</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> EFTPOS uređaj</t>
   </si>
   <si>
     <t> Dnevno - noćni trezor</t>
   </si>
   <si>
     <t> Uređaj za zaprimanje kovanog novca</t>
   </si>
   <si>
     <t> Uređaj za zaprimanje naloga za plaćanje</t>
   </si>
   <si>
     <t> Uređaj za podizanje gotovog novca</t>
+  </si>
+  <si>
+    <t>* podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -499,51 +505,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Y16"/>
+  <dimension ref="A1:Y17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="20" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="20" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="20" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="20" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
     <col min="16" max="16" width="20" customWidth="1"/>
     <col min="17" max="17" width="4" customWidth="1"/>
     <col min="18" max="18" width="20" customWidth="1"/>
     <col min="19" max="19" width="4" customWidth="1"/>
     <col min="20" max="20" width="20" customWidth="1"/>
@@ -654,546 +660,551 @@
       <c r="F10" s="8">
         <v>782</v>
       </c>
       <c r="G10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H10" s="8">
         <v>782</v>
       </c>
       <c r="I10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J10" s="8">
         <v>785</v>
       </c>
       <c r="K10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L10" s="8">
         <v>784</v>
       </c>
       <c r="M10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N10" s="8">
-        <v/>
+        <v>783</v>
       </c>
       <c r="O10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P10" s="8">
-        <v/>
+        <v>784</v>
       </c>
       <c r="Q10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R10" s="8">
-        <v/>
+        <v>778</v>
       </c>
       <c r="S10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T10" s="8">
         <v/>
       </c>
       <c r="U10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V10" s="8">
         <v/>
       </c>
       <c r="W10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X10" s="8">
         <v/>
       </c>
       <c r="Y10" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" t="s" s="7">
         <v>20</v>
       </c>
       <c r="B11" s="8">
         <v>3695</v>
       </c>
       <c r="C11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D11" s="8">
         <v>3776</v>
       </c>
       <c r="E11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="F11" s="8">
         <v>3999</v>
       </c>
       <c r="G11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H11" s="8">
-        <v>4588</v>
+        <v>4285</v>
       </c>
       <c r="I11" t="s" s="7">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J11" s="8">
         <v>4548</v>
       </c>
       <c r="K11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L11" s="8">
-        <v>4509</v>
+        <v>4692</v>
       </c>
       <c r="M11" t="s" s="7">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="N11" s="8">
-        <v/>
+        <v>4685</v>
       </c>
       <c r="O11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P11" s="8">
-        <v/>
+        <v>4692</v>
       </c>
       <c r="Q11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R11" s="8">
-        <v/>
+        <v>4798</v>
       </c>
       <c r="S11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T11" s="8">
         <v/>
       </c>
       <c r="U11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V11" s="8">
         <v/>
       </c>
       <c r="W11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X11" s="8">
         <v/>
       </c>
       <c r="Y11" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B12" s="8">
         <v>142204</v>
       </c>
       <c r="C12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D12" s="8">
         <v>142637</v>
       </c>
       <c r="E12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="F12" s="8">
         <v>143761</v>
       </c>
       <c r="G12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H12" s="8">
         <v>145167</v>
       </c>
       <c r="I12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J12" s="8">
         <v>146858</v>
       </c>
       <c r="K12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L12" s="8">
         <v>148893</v>
       </c>
       <c r="M12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N12" s="8">
-        <v/>
+        <v>148157</v>
       </c>
       <c r="O12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P12" s="8">
-        <v/>
+        <v>148816</v>
       </c>
       <c r="Q12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R12" s="8">
-        <v/>
+        <v>147621</v>
       </c>
       <c r="S12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T12" s="8">
         <v/>
       </c>
       <c r="U12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V12" s="8">
         <v/>
       </c>
       <c r="W12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X12" s="8">
         <v/>
       </c>
       <c r="Y12" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" t="s" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B13" s="8">
         <v>386</v>
       </c>
       <c r="C13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D13" s="8">
         <v>384</v>
       </c>
       <c r="E13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="F13" s="8">
         <v>381</v>
       </c>
       <c r="G13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H13" s="8">
         <v>381</v>
       </c>
       <c r="I13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J13" s="8">
         <v>381</v>
       </c>
       <c r="K13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L13" s="8">
         <v>380</v>
       </c>
       <c r="M13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N13" s="8">
-        <v/>
+        <v>382</v>
       </c>
       <c r="O13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P13" s="8">
-        <v/>
+        <v>382</v>
       </c>
       <c r="Q13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R13" s="8">
-        <v/>
+        <v>376</v>
       </c>
       <c r="S13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T13" s="8">
         <v/>
       </c>
       <c r="U13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V13" s="8">
         <v/>
       </c>
       <c r="W13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X13" s="8">
         <v/>
       </c>
       <c r="Y13" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" t="s" s="7">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B14" s="8">
         <v>32</v>
       </c>
       <c r="C14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D14" s="8">
         <v>32</v>
       </c>
       <c r="E14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="F14" s="8">
         <v>31</v>
       </c>
       <c r="G14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H14" s="8">
         <v>30</v>
       </c>
       <c r="I14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J14" s="8">
         <v>32</v>
       </c>
       <c r="K14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L14" s="8">
         <v>36</v>
       </c>
       <c r="M14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N14" s="8">
-        <v/>
+        <v>38</v>
       </c>
       <c r="O14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P14" s="8">
-        <v/>
+        <v>37</v>
       </c>
       <c r="Q14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R14" s="8">
-        <v/>
+        <v>37</v>
       </c>
       <c r="S14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T14" s="8">
         <v/>
       </c>
       <c r="U14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V14" s="8">
         <v/>
       </c>
       <c r="W14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X14" s="8">
         <v/>
       </c>
       <c r="Y14" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" t="s" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B15" s="8">
         <v>67</v>
       </c>
       <c r="C15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D15" s="8">
         <v>67</v>
       </c>
       <c r="E15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="F15" s="8">
         <v>62</v>
       </c>
       <c r="G15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H15" s="8">
         <v>62</v>
       </c>
       <c r="I15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J15" s="8">
         <v>62</v>
       </c>
       <c r="K15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L15" s="8">
         <v>62</v>
       </c>
       <c r="M15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N15" s="8">
-        <v/>
+        <v>62</v>
       </c>
       <c r="O15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P15" s="8">
-        <v/>
+        <v>62</v>
       </c>
       <c r="Q15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R15" s="8">
-        <v/>
+        <v>62</v>
       </c>
       <c r="S15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T15" s="8">
         <v/>
       </c>
       <c r="U15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V15" s="8">
         <v/>
       </c>
       <c r="W15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X15" s="8">
         <v/>
       </c>
       <c r="Y15" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B16" s="8">
         <v>479</v>
       </c>
       <c r="C16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D16" s="8">
         <v>485</v>
       </c>
       <c r="E16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="F16" s="8">
         <v>484</v>
       </c>
       <c r="G16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H16" s="8">
         <v>482</v>
       </c>
       <c r="I16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J16" s="8">
         <v>480</v>
       </c>
       <c r="K16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L16" s="8">
         <v>480</v>
       </c>
       <c r="M16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N16" s="8">
-        <v/>
+        <v>481</v>
       </c>
       <c r="O16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P16" s="8">
-        <v/>
+        <v>481</v>
       </c>
       <c r="Q16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R16" s="8">
-        <v/>
+        <v>473</v>
       </c>
       <c r="S16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T16" s="8">
         <v/>
       </c>
       <c r="U16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V16" s="8">
         <v/>
       </c>
       <c r="W16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X16" s="8">
         <v/>
       </c>
       <c r="Y16" t="s" s="7">
         <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25">
+      <c r="A17" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A2:Y2"/>
     <mergeCell ref="A3:Y3"/>
     <mergeCell ref="A4:Y4"/>
     <mergeCell ref="A5:Y5"/>
     <mergeCell ref="A6:Y6"/>
     <mergeCell ref="A7:Y7"/>
     <mergeCell ref="A8:Y8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="P9:Q9"/>
     <mergeCell ref="R9:S9"/>
     <mergeCell ref="T9:U9"/>
     <mergeCell ref="V9:W9"/>
     <mergeCell ref="X9:Y9"/>
   </mergeCells>